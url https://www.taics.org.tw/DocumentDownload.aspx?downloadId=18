--- v0 (2025-10-09)
+++ v1 (2026-03-04)
@@ -535,96 +535,150 @@
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>產品</w:t>
             </w:r>
             <w:r w:rsidR="00A3164A" w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB779E1" w14:textId="059B7816" w:rsidR="00715180" w:rsidRPr="00905987" w:rsidRDefault="00905987" w:rsidP="00F2273C">
+          <w:p w14:paraId="4AB779E1" w14:textId="4E75BAAA" w:rsidR="00715180" w:rsidRPr="00905987" w:rsidRDefault="00905987" w:rsidP="00F2273C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>必填</w:t>
             </w:r>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>例：</w:t>
             </w:r>
-            <w:r w:rsidR="003857A5" w:rsidRPr="003857A5">
-[...6 lines deleted...]
-              <w:t>行動通訊增波器</w:t>
+            <w:r w:rsidR="00BE4097">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>001</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4097">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>影像監控</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4097">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0044209F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>有線</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4097">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>網路</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7128">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>攝</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4097">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>影機</w:t>
             </w:r>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E392F" w:rsidRPr="00E90952" w14:paraId="5FC69D3E" w14:textId="77777777" w:rsidTr="00011BAD">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BCB385B" w14:textId="1F06D132" w:rsidR="006C3E9D" w:rsidRPr="00195995" w:rsidRDefault="009D5463" w:rsidP="00A36955">
             <w:pPr>
@@ -1943,77 +1997,86 @@
             <w:r w:rsidR="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>主</w:t>
             </w:r>
             <w:r w:rsidR="00D110DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>產品</w:t>
             </w:r>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>外觀圖片</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A94FC14" w14:textId="40A25376" w:rsidR="00CD19C5" w:rsidRPr="00E90952" w:rsidRDefault="00CD19C5" w:rsidP="00A36955">
+          <w:p w14:paraId="286BC638" w14:textId="77777777" w:rsidR="00CD19C5" w:rsidRPr="00E63531" w:rsidRDefault="00CD19C5" w:rsidP="001B27FB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="zh-TW"/>
+              <w:ind w:leftChars="28" w:left="600" w:hangingChars="224" w:hanging="538"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>其它系列</w:t>
             </w:r>
             <w:r w:rsidR="00D110DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>產品</w:t>
             </w:r>
             <w:r w:rsidR="002C2D45" w:rsidRPr="00E90952">
@@ -2075,50 +2138,112 @@
             <w:r w:rsidR="006858ED" w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>一</w:t>
             </w:r>
             <w:r w:rsidR="005B4DC2" w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>依序</w:t>
             </w:r>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>詳列</w:t>
             </w:r>
             <w:r w:rsidRPr="00E90952">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A94FC14" w14:textId="6EFD79F4" w:rsidR="001B27FB" w:rsidRPr="001B27FB" w:rsidRDefault="001B27FB" w:rsidP="001B27FB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:leftChars="28" w:left="600" w:hangingChars="224" w:hanging="538"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E63531">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63531">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>註</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63531">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63531">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3960" w:rsidRPr="00E63531">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>申請證書延展之產品及其產品資訊，應與原申請經核准之內容一致</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63531">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3712" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10973262" w14:textId="77777777" w:rsidR="00CD19C5" w:rsidRPr="00E90952" w:rsidRDefault="00CD19C5" w:rsidP="00992E63">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="auto"/>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
@@ -2981,68 +3106,113 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>測試實驗</w:t>
             </w:r>
             <w:r w:rsidRPr="00A36955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>室</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44568729" w14:textId="520A6D79" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
+          <w:p w14:paraId="44568729" w14:textId="18EB236B" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>必填</w:t>
+            </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>公司名稱</w:t>
+            </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>實驗室名稱</w:t>
+            </w:r>
+            <w:r w:rsidR="001B27FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6551E" w:rsidRPr="002C24F5" w14:paraId="255043A8" w14:textId="77777777" w:rsidTr="00011BAD">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6475FAAC" w14:textId="77777777" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
@@ -3449,68 +3619,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>申請者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E34E588" w14:textId="77777777" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
+          <w:p w14:paraId="7E34E588" w14:textId="295795F7" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00905987">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>必填</w:t>
+            </w:r>
+            <w:r w:rsidR="00081F68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00081F68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>公司名稱</w:t>
+            </w:r>
+            <w:r w:rsidR="00081F68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:color w:val="8DB3E2" w:themeColor="text2" w:themeTint="66"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6551E" w:rsidRPr="00E90952" w14:paraId="109C5BD1" w14:textId="77777777" w:rsidTr="00011BAD">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EAC59E" w14:textId="77777777" w:rsidR="00F6551E" w:rsidRPr="00E90952" w:rsidRDefault="00F6551E" w:rsidP="00A36955">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E90952">
               <w:rPr>
@@ -3920,145 +4117,262 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006D22F9" w:rsidRPr="006D22F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>請勾選</w:t>
       </w:r>
       <w:r w:rsidR="006D22F9" w:rsidRPr="006D22F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282F7B95" w14:textId="65C80634" w:rsidR="00715180" w:rsidRPr="00E90952" w:rsidRDefault="00A3164A">
+    <w:p w14:paraId="282F7B95" w14:textId="56BC6E5A" w:rsidR="00715180" w:rsidRPr="00E63531" w:rsidRDefault="00A3164A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
         </w:tabs>
         <w:spacing w:before="15"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E90952">
+      <w:r w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>申請者之登記證明文件影本</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk86073143"/>
-      <w:r w:rsidR="00DF346D">
+      <w:r w:rsidR="00DF346D" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，需用印</w:t>
       </w:r>
-      <w:r w:rsidR="008A78D6">
+      <w:r w:rsidR="008A78D6" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00951506">
+      <w:r w:rsidR="00951506" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk86073246"/>
-      <w:r w:rsidR="00951506" w:rsidRPr="00545900">
+      <w:r w:rsidR="00951506" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00951506">
+      <w:r w:rsidR="00081F68" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00951506">
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>今</w:t>
+      </w:r>
+      <w:r w:rsidR="00951506" w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>年度已提供過，且內容無異動，可免附</w:t>
+      </w:r>
+      <w:r w:rsidR="00951506" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="006121B4" w:rsidRPr="006121B4">
+      <w:r w:rsidR="006121B4" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006121B4" w:rsidRPr="00E90952">
+      <w:r w:rsidR="006121B4" w:rsidRPr="00E63531">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="40A4BFF9" w14:textId="15FED921" w:rsidR="00715180" w:rsidRPr="00E90952" w:rsidRDefault="00A3164A">
+    <w:p w14:paraId="2B156CC2" w14:textId="116E0A67" w:rsidR="00081F68" w:rsidRPr="00E63531" w:rsidRDefault="00081F68">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>辦理驗證及證書延展申請時，</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>需</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>檢附三個月內出具之測試報告。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5D968F" w14:textId="5F20057C" w:rsidR="00081F68" w:rsidRPr="00E63531" w:rsidRDefault="00081F68">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+        </w:tabs>
+        <w:spacing w:before="3"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>物聯網資安標章</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>使用權利義務規章為本申請書之一部份，請併同本申請書用印</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E63531">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A4BFF9" w14:textId="2020F2F5" w:rsidR="00715180" w:rsidRPr="00E90952" w:rsidRDefault="00A3164A">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E90952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>物聯網資安標章例外需求使用申請書</w:t>
       </w:r>
@@ -4521,110 +4835,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E90952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F71A39B" w14:textId="77777777" w:rsidR="00715180" w:rsidRPr="00E90952" w:rsidRDefault="00715180">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="659E2C5A" w14:textId="66DF1D67" w:rsidR="00715180" w:rsidRPr="00E90952" w:rsidRDefault="002D1230">
-[...58 lines deleted...]
-    </w:p>
     <w:p w14:paraId="53D40793" w14:textId="343ED8DC" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="008A78D6">
       <w:pPr>
         <w:ind w:firstLineChars="50" w:firstLine="140"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040641A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>附件一、</w:t>
       </w:r>
       <w:r w:rsidR="00F701C8" w:rsidRPr="0040641A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>送測</w:t>
       </w:r>
       <w:r w:rsidRPr="0040641A">
@@ -4802,53 +5056,53 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20AD108B" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="auto"/>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040641A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>下</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90952" w:rsidRPr="0040641A" w14:paraId="7CEBEFFF" w14:textId="77777777" w:rsidTr="00D22253">
+      <w:tr w:rsidR="00E90952" w:rsidRPr="0040641A" w14:paraId="7CEBEFFF" w14:textId="77777777" w:rsidTr="00A63D0A">
         <w:trPr>
-          <w:trHeight w:val="1000"/>
+          <w:trHeight w:val="929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="51856A4E" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="064C036A" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
@@ -4938,53 +5192,53 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2790927C" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="auto"/>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040641A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>右</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90952" w:rsidRPr="0040641A" w14:paraId="78E0C2E6" w14:textId="77777777" w:rsidTr="00D22253">
+      <w:tr w:rsidR="00E90952" w:rsidRPr="0040641A" w14:paraId="78E0C2E6" w14:textId="77777777" w:rsidTr="00A63D0A">
         <w:trPr>
-          <w:trHeight w:val="1051"/>
+          <w:trHeight w:val="904"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5A03D098" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F663241" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
@@ -5134,81 +5388,81 @@
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F41FBAB" w14:textId="77777777" w:rsidR="00E90952" w:rsidRPr="0040641A" w:rsidRDefault="00E90952" w:rsidP="00F05B25">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="206" w:lineRule="auto"/>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4386BF51" w14:textId="77777777" w:rsidR="006858ED" w:rsidRPr="00E90952" w:rsidRDefault="006858ED" w:rsidP="00EA7F6D">
+    <w:p w14:paraId="4386BF51" w14:textId="77777777" w:rsidR="006858ED" w:rsidRPr="00E90952" w:rsidRDefault="006858ED" w:rsidP="00A63D0A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006858ED" w:rsidRPr="00E90952" w:rsidSect="00011BAD">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="794" w:right="578" w:bottom="278" w:left="578" w:header="426" w:footer="21" w:gutter="0"/>
       <w:pgNumType w:fmt="numberInDash"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E1247AE" w14:textId="77777777" w:rsidR="00DF54DE" w:rsidRDefault="00DF54DE">
+    <w:p w14:paraId="7AD8E1AA" w14:textId="77777777" w:rsidR="001678FF" w:rsidRDefault="001678FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="395E14D3" w14:textId="77777777" w:rsidR="00DF54DE" w:rsidRDefault="00DF54DE">
+    <w:p w14:paraId="1DDDE042" w14:textId="77777777" w:rsidR="001678FF" w:rsidRDefault="001678FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -5273,62 +5527,62 @@
         <w:caps/>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:lang w:val="zh-TW" w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00A36955">
       <w:rPr>
         <w:caps/>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F3F79DD" w14:textId="77777777" w:rsidR="00A36955" w:rsidRDefault="00A36955">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11A7CF46" w14:textId="77777777" w:rsidR="00DF54DE" w:rsidRDefault="00DF54DE">
+    <w:p w14:paraId="255B56D6" w14:textId="77777777" w:rsidR="001678FF" w:rsidRDefault="001678FF">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1405FBD4" w14:textId="77777777" w:rsidR="00DF54DE" w:rsidRDefault="00DF54DE">
+    <w:p w14:paraId="118E162F" w14:textId="77777777" w:rsidR="001678FF" w:rsidRDefault="001678FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="666EA615" w14:textId="4A27E462" w:rsidR="00F70B43" w:rsidRDefault="00F70B43" w:rsidP="00F70B43">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77715771" wp14:editId="7C3ACE72">
           <wp:extent cx="1720850" cy="371262"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="圖片 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -5346,81 +5600,88 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1752730" cy="378140"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6274A5A5" w14:textId="4C5DAD88" w:rsidR="00992E63" w:rsidRDefault="003E7629" w:rsidP="003E7629">
+  <w:p w14:paraId="6274A5A5" w14:textId="28971D54" w:rsidR="00992E63" w:rsidRDefault="003E7629" w:rsidP="003E7629">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E7629">
       <w:t>TAICS65-41-Form-01</w:t>
     </w:r>
     <w:r w:rsidR="00335588">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>_</w:t>
     </w:r>
     <w:r w:rsidR="00AE3240">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="000419D1">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
-      <w:t>1.1</w:t>
+      <w:t>1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00DC6F68">
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="zh-TW"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC67EE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81D8B938"/>
     <w:lvl w:ilvl="0" w:tplc="99862242">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="449" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -5857,196 +6118,217 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00715180"/>
     <w:rsid w:val="00004551"/>
     <w:rsid w:val="00011BAD"/>
     <w:rsid w:val="000224E7"/>
     <w:rsid w:val="000419D1"/>
     <w:rsid w:val="0004493D"/>
     <w:rsid w:val="000574A6"/>
+    <w:rsid w:val="000813CA"/>
     <w:rsid w:val="00081AA6"/>
+    <w:rsid w:val="00081F68"/>
     <w:rsid w:val="000979FE"/>
     <w:rsid w:val="000A2DEB"/>
     <w:rsid w:val="000B2D78"/>
     <w:rsid w:val="000B2E71"/>
     <w:rsid w:val="000C4407"/>
     <w:rsid w:val="000D7B4F"/>
     <w:rsid w:val="000E1AA6"/>
     <w:rsid w:val="000E65EB"/>
     <w:rsid w:val="00117F2B"/>
+    <w:rsid w:val="001678FF"/>
     <w:rsid w:val="00174E27"/>
     <w:rsid w:val="00195995"/>
     <w:rsid w:val="00197F0F"/>
     <w:rsid w:val="001A643D"/>
+    <w:rsid w:val="001B27FB"/>
     <w:rsid w:val="001F720C"/>
     <w:rsid w:val="00210405"/>
     <w:rsid w:val="0021554E"/>
     <w:rsid w:val="00216A84"/>
     <w:rsid w:val="00231A77"/>
     <w:rsid w:val="00232B29"/>
     <w:rsid w:val="002331C3"/>
     <w:rsid w:val="00233480"/>
     <w:rsid w:val="00247A3F"/>
     <w:rsid w:val="002A7311"/>
     <w:rsid w:val="002C24F5"/>
     <w:rsid w:val="002C2D45"/>
     <w:rsid w:val="002D1230"/>
     <w:rsid w:val="002D4E5B"/>
     <w:rsid w:val="002E5BC1"/>
     <w:rsid w:val="00301743"/>
     <w:rsid w:val="00310F85"/>
     <w:rsid w:val="003163A8"/>
     <w:rsid w:val="00335588"/>
     <w:rsid w:val="0034256B"/>
     <w:rsid w:val="00346923"/>
     <w:rsid w:val="00356E12"/>
     <w:rsid w:val="0037656E"/>
     <w:rsid w:val="003857A5"/>
+    <w:rsid w:val="003A6D80"/>
     <w:rsid w:val="003E2C35"/>
     <w:rsid w:val="003E7629"/>
     <w:rsid w:val="003F6691"/>
     <w:rsid w:val="003F7A80"/>
     <w:rsid w:val="0040641A"/>
     <w:rsid w:val="00421F02"/>
+    <w:rsid w:val="0044209F"/>
     <w:rsid w:val="004471FF"/>
     <w:rsid w:val="00450206"/>
     <w:rsid w:val="004829E0"/>
     <w:rsid w:val="004918C7"/>
     <w:rsid w:val="00495377"/>
     <w:rsid w:val="004D529E"/>
     <w:rsid w:val="004E1FDF"/>
     <w:rsid w:val="00510F3D"/>
     <w:rsid w:val="005138BE"/>
     <w:rsid w:val="005143D6"/>
     <w:rsid w:val="0052452B"/>
     <w:rsid w:val="00527949"/>
     <w:rsid w:val="005451B9"/>
     <w:rsid w:val="00545900"/>
     <w:rsid w:val="00546734"/>
     <w:rsid w:val="0056158C"/>
+    <w:rsid w:val="00592BCB"/>
     <w:rsid w:val="005B4DC2"/>
     <w:rsid w:val="005D6890"/>
     <w:rsid w:val="005E1E5D"/>
     <w:rsid w:val="005E392F"/>
     <w:rsid w:val="006121B4"/>
     <w:rsid w:val="006334EC"/>
+    <w:rsid w:val="006370EF"/>
+    <w:rsid w:val="0066262D"/>
     <w:rsid w:val="006858ED"/>
     <w:rsid w:val="006A12EC"/>
+    <w:rsid w:val="006A3754"/>
     <w:rsid w:val="006C3E9D"/>
     <w:rsid w:val="006D22F9"/>
     <w:rsid w:val="006D3B71"/>
     <w:rsid w:val="006E4C4B"/>
     <w:rsid w:val="006F1431"/>
     <w:rsid w:val="00715180"/>
     <w:rsid w:val="007200B9"/>
     <w:rsid w:val="00723473"/>
     <w:rsid w:val="00734B12"/>
     <w:rsid w:val="007409C4"/>
     <w:rsid w:val="007554E8"/>
     <w:rsid w:val="00760C18"/>
     <w:rsid w:val="007B676C"/>
+    <w:rsid w:val="007D3960"/>
     <w:rsid w:val="007E21A4"/>
     <w:rsid w:val="007E33C2"/>
     <w:rsid w:val="007E5983"/>
     <w:rsid w:val="007F7656"/>
     <w:rsid w:val="007F7AB3"/>
     <w:rsid w:val="00811C8E"/>
     <w:rsid w:val="00830908"/>
     <w:rsid w:val="008539BF"/>
     <w:rsid w:val="008702EE"/>
     <w:rsid w:val="008A4305"/>
     <w:rsid w:val="008A78D6"/>
     <w:rsid w:val="008C5ACE"/>
+    <w:rsid w:val="008F219F"/>
     <w:rsid w:val="00903B5E"/>
     <w:rsid w:val="00904CC0"/>
     <w:rsid w:val="00905987"/>
     <w:rsid w:val="00917260"/>
     <w:rsid w:val="009301B8"/>
     <w:rsid w:val="00951506"/>
     <w:rsid w:val="009539E5"/>
     <w:rsid w:val="00976062"/>
     <w:rsid w:val="00992E63"/>
     <w:rsid w:val="009A3EDA"/>
     <w:rsid w:val="009A53A5"/>
+    <w:rsid w:val="009C7128"/>
     <w:rsid w:val="009D5463"/>
     <w:rsid w:val="009E7DD7"/>
     <w:rsid w:val="00A0561F"/>
     <w:rsid w:val="00A156C2"/>
     <w:rsid w:val="00A24EA8"/>
     <w:rsid w:val="00A3164A"/>
+    <w:rsid w:val="00A33673"/>
     <w:rsid w:val="00A36955"/>
+    <w:rsid w:val="00A63D0A"/>
     <w:rsid w:val="00A7053F"/>
     <w:rsid w:val="00A83F92"/>
     <w:rsid w:val="00A91733"/>
     <w:rsid w:val="00A92E9F"/>
     <w:rsid w:val="00AA2F8B"/>
     <w:rsid w:val="00AE24DF"/>
     <w:rsid w:val="00AE3240"/>
     <w:rsid w:val="00AE4EB9"/>
+    <w:rsid w:val="00AF5FC7"/>
     <w:rsid w:val="00B37530"/>
     <w:rsid w:val="00B44664"/>
     <w:rsid w:val="00B468A3"/>
     <w:rsid w:val="00B63AB7"/>
     <w:rsid w:val="00BD7F86"/>
+    <w:rsid w:val="00BE4097"/>
     <w:rsid w:val="00C16FD3"/>
     <w:rsid w:val="00C43994"/>
+    <w:rsid w:val="00C75026"/>
     <w:rsid w:val="00C81D2C"/>
     <w:rsid w:val="00C82810"/>
     <w:rsid w:val="00C86581"/>
+    <w:rsid w:val="00C965FC"/>
     <w:rsid w:val="00CC66F9"/>
     <w:rsid w:val="00CD19C5"/>
     <w:rsid w:val="00CD1FE5"/>
     <w:rsid w:val="00CE13B6"/>
     <w:rsid w:val="00CF16FC"/>
     <w:rsid w:val="00D110DF"/>
     <w:rsid w:val="00D22253"/>
     <w:rsid w:val="00D469EC"/>
     <w:rsid w:val="00D53260"/>
     <w:rsid w:val="00D75741"/>
     <w:rsid w:val="00DC02F4"/>
     <w:rsid w:val="00DC4BDF"/>
+    <w:rsid w:val="00DC6F68"/>
     <w:rsid w:val="00DD6540"/>
     <w:rsid w:val="00DE3F94"/>
     <w:rsid w:val="00DF346D"/>
     <w:rsid w:val="00DF54DE"/>
     <w:rsid w:val="00E41F31"/>
+    <w:rsid w:val="00E63531"/>
     <w:rsid w:val="00E82F76"/>
     <w:rsid w:val="00E90952"/>
     <w:rsid w:val="00E9103F"/>
     <w:rsid w:val="00EA7F6D"/>
     <w:rsid w:val="00EB7A4E"/>
     <w:rsid w:val="00EC67D2"/>
     <w:rsid w:val="00F2273C"/>
     <w:rsid w:val="00F55AD0"/>
     <w:rsid w:val="00F6551E"/>
     <w:rsid w:val="00F701C8"/>
     <w:rsid w:val="00F70B43"/>
     <w:rsid w:val="00F71474"/>
     <w:rsid w:val="00FA031B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -6934,60 +7216,60 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB24F77F-97E4-4A1F-ADB9-18174AD4D886}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>179</Words>
-  <Characters>1022</Characters>
+  <Words>192</Words>
+  <Characters>1098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1199</CharactersWithSpaces>
+  <CharactersWithSpaces>1288</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ITRI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-11-19T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2018-11-19T00:00:00Z</vt:filetime>